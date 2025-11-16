--- v0 (2025-10-19)
+++ v1 (2025-11-16)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f52658f724d4157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eaeeabca624361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on October 19, 2025 03:11:35 PM UTC</x:t>
+          <x:t>Report Generated on November 16, 2025 03:17:02 AM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since October 19, 2024</x:t>
+          <x:t>Trade Views published since November 16, 2024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>