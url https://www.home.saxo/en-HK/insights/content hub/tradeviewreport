--- v1 (2025-11-16)
+++ v2 (2025-12-22)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eaeeabca624361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b497e7f2424454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on November 16, 2025 03:17:02 AM UTC</x:t>
+          <x:t>Report Generated on December 21, 2025 02:36:59 PM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since November 16, 2024</x:t>
+          <x:t>Trade Views published since December 21, 2024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>