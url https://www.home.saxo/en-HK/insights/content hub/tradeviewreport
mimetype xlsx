--- v2 (2025-12-22)
+++ v3 (2026-01-15)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b497e7f2424454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256494cb5f2e4b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on December 21, 2025 02:36:59 PM UTC</x:t>
+          <x:t>Report Generated on January 15, 2026 10:02:27 AM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since December 21, 2024</x:t>
+          <x:t>Trade Views published since January 15, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>