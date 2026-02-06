--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256494cb5f2e4b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1b0da4435f4d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on January 15, 2026 10:02:27 AM UTC</x:t>
+          <x:t>Report Generated on February 06, 2026 02:01:08 PM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since January 15, 2025</x:t>
+          <x:t>Trade Views published since February 06, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>