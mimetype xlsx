--- v4 (2026-02-06)
+++ v5 (2026-03-01)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1b0da4435f4d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e3fa97e2194b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on February 06, 2026 02:01:08 PM UTC</x:t>
+          <x:t>Report Generated on March 01, 2026 06:22:23 AM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since February 06, 2025</x:t>
+          <x:t>Trade Views published since March 01, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>