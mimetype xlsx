--- v5 (2026-03-01)
+++ v6 (2026-03-21)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e3fa97e2194b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914b7b43aedf42ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Report Generated on March 01, 2026 06:22:23 AM UTC</x:t>
+          <x:t>Report Generated on March 21, 2026 06:56:37 PM UTC</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>Trade Views published since March 01, 2025</x:t>
+          <x:t>Trade Views published since March 21, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A4" t="str">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Author</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Title of article</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>Buy/Sell/Hold</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>Trade Duration</x:v>